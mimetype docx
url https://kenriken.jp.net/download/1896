--- v0 (2025-10-28)
+++ v1 (2026-03-11)
@@ -624,82 +624,82 @@
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　</w:t>
       </w:r>
       <w:r w:rsidR="004411AD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65CF1E6B" w14:textId="1CD812AD" w:rsidR="00F638DA" w:rsidRDefault="00F638DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9903"/>
         </w:tabs>
         <w:spacing w:before="226"/>
         <w:ind w:left="85"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55CED380" w14:textId="77777777" w:rsidR="00F638DA" w:rsidRDefault="00F638DA">
+    <w:p w14:paraId="32E5AAC6" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="00B31E21">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="134"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2027"/>
         <w:gridCol w:w="2434"/>
         <w:gridCol w:w="5529"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F25075" w14:paraId="1D236A4B" w14:textId="77777777" w:rsidTr="00D35FA8">
+      <w:tr w:rsidR="00B31E21" w14:paraId="3FFC0631" w14:textId="77777777" w:rsidTr="005C6C77">
         <w:trPr>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4461" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="34C41207" w14:textId="4A27C052" w:rsidR="00F25075" w:rsidRDefault="00F25075" w:rsidP="00D35FA8">
+          <w:p w14:paraId="2FD52A8C" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="356" w:lineRule="exact"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>推薦者（</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-23"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>会員</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
@@ -713,482 +713,483 @@
                 <w:rFonts w:ascii="Century" w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>名</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60F4746D" w14:textId="77777777" w:rsidR="00F25075" w:rsidRDefault="00F25075">
+          <w:p w14:paraId="1FCE14AD" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F25075" w14:paraId="38053E48" w14:textId="77777777" w:rsidTr="00D35FA8">
+      <w:tr w:rsidR="00B31E21" w14:paraId="513CD675" w14:textId="77777777" w:rsidTr="005C6C77">
         <w:trPr>
           <w:trHeight w:val="906"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="72B179EA" w14:textId="77777777" w:rsidR="00F25075" w:rsidRDefault="00F25075" w:rsidP="00D35FA8">
+          <w:p w14:paraId="42865B5E" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="124"/>
               <w:ind w:left="129"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>（ふりがな</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D9EE877" w14:textId="77777777" w:rsidR="00F25075" w:rsidRDefault="00F25075" w:rsidP="00D35FA8">
+          <w:p w14:paraId="376C0F9F" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="69"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7448EAC7" w14:textId="77777777" w:rsidR="00F25075" w:rsidRDefault="00F25075" w:rsidP="00D35FA8">
+          <w:p w14:paraId="47A024DF" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="301" w:lineRule="exact"/>
               <w:ind w:left="50"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>氏名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcW w:w="7963" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3433E4EA" w14:textId="77777777" w:rsidR="00F25075" w:rsidRDefault="00F25075">
+          <w:p w14:paraId="65B35E3E" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:beforeLines="10" w:before="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="2C63D46C" w14:textId="64A116EC" w:rsidR="00F25075" w:rsidRDefault="00F25075">
-[...25 lines deleted...]
-          <w:p w14:paraId="252E2FE0" w14:textId="77777777" w:rsidR="00F25075" w:rsidRDefault="00F25075" w:rsidP="00F25075">
+          <w:p w14:paraId="2D336B8F" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="3FABAC7E" w14:textId="52E2775E" w:rsidR="00F25075" w:rsidRDefault="00F25075" w:rsidP="00D35FA8">
+          <w:p w14:paraId="28B20A2B" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="301" w:lineRule="exact"/>
-              <w:ind w:right="51"/>
-              <w:jc w:val="right"/>
+              <w:ind w:right="51" w:firstLineChars="1350" w:firstLine="3780"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>（</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>所属：</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F25075" w14:paraId="64E64297" w14:textId="77777777" w:rsidTr="00D35FA8">
+      <w:tr w:rsidR="00B31E21" w14:paraId="7C9C8197" w14:textId="77777777" w:rsidTr="005C6C77">
         <w:trPr>
           <w:trHeight w:val="1065"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C332833" w14:textId="77777777" w:rsidR="00F25075" w:rsidRDefault="00F25075">
+          <w:p w14:paraId="25FC213E" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="99"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1199F06A" w14:textId="77777777" w:rsidR="00F25075" w:rsidRDefault="00F25075">
+          <w:p w14:paraId="54942016" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="129"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>（ふりがな</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59A8DBB6" w14:textId="77777777" w:rsidR="00F25075" w:rsidRDefault="00F25075">
+          <w:p w14:paraId="519FE0A8" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="69"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3E01C0B7" w14:textId="77777777" w:rsidR="00F25075" w:rsidRDefault="00F25075">
+          <w:p w14:paraId="7D7A5FC0" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="301" w:lineRule="exact"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>氏名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcW w:w="7963" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="644B0006" w14:textId="77777777" w:rsidR="00F25075" w:rsidRDefault="00F25075">
+          <w:p w14:paraId="5AB836F8" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:beforeLines="10" w:before="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
           </w:p>
-        </w:tc>
-[...17 lines deleted...]
-          <w:p w14:paraId="63775628" w14:textId="77777777" w:rsidR="00F25075" w:rsidRDefault="00F25075">
+          <w:p w14:paraId="6821A96C" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="2A143948" w14:textId="52D8EE34" w:rsidR="00F25075" w:rsidRDefault="00F25075">
+          <w:p w14:paraId="6E6D9290" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="005C6C77">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="301" w:lineRule="exact"/>
-              <w:ind w:right="49"/>
-              <w:jc w:val="right"/>
+              <w:ind w:firstLineChars="1350" w:firstLine="3780"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>（</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>所属：</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="709586F9" w14:textId="77777777" w:rsidR="00F638DA" w:rsidRDefault="00F638DA">
+    <w:p w14:paraId="1B24719F" w14:textId="77777777" w:rsidR="00B31E21" w:rsidRDefault="00B31E21" w:rsidP="00B31E21">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="336802C8" w14:textId="77777777" w:rsidR="00F638DA" w:rsidRDefault="00F638DA">
+    <w:p w14:paraId="336802C8" w14:textId="77777777" w:rsidR="00F638DA" w:rsidRPr="00B31E21" w:rsidRDefault="00F638DA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="37"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EC1C1FF" w14:textId="7242A72E" w:rsidR="00F638DA" w:rsidRPr="00D35FA8" w:rsidRDefault="00000000" w:rsidP="006B61F3">
+    <w:p w14:paraId="6EC1C1FF" w14:textId="03F63192" w:rsidR="00F638DA" w:rsidRPr="00D35FA8" w:rsidRDefault="00000000" w:rsidP="006B61F3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="369" w:lineRule="auto"/>
         <w:ind w:left="85" w:right="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">※ </w:t>
       </w:r>
       <w:r w:rsidR="006B61F3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>記入済みの入会申込書は、憲法理論研究会事務局（</w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="006B61F3" w:rsidRPr="001C5335">
           <w:rPr>
             <w:rStyle w:val="ab"/>
             <w:spacing w:val="-2"/>
           </w:rPr>
           <w:t>info@kenriken.jp.net</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006B61F3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>）あてに、推薦者のメールアドレスをccに入れてメール添付でお送りください</w:t>
       </w:r>
       <w:r w:rsidR="00B524D7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidR="006B61F3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>推薦者の署名は不要です。</w:t>
+        <w:t>推薦者</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31E21">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>氏名の記入欄に、推薦者</w:t>
+      </w:r>
+      <w:r w:rsidR="006B61F3">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>の署名は不要です。</w:t>
       </w:r>
       <w:r w:rsidR="00B524D7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>なお、入会申込書に推薦者2名の署名がある場合は、申込書の原本提出による入会申込みも受け付けます。</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F638DA" w:rsidRPr="00D35FA8">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1240" w:right="850" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68327BDC" w14:textId="77777777" w:rsidR="00493140" w:rsidRDefault="00493140" w:rsidP="006B61F3">
+    <w:p w14:paraId="08A32CC6" w14:textId="77777777" w:rsidR="009932F6" w:rsidRDefault="009932F6" w:rsidP="006B61F3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23ECEBFE" w14:textId="77777777" w:rsidR="00493140" w:rsidRDefault="00493140" w:rsidP="006B61F3">
+    <w:p w14:paraId="580EECA0" w14:textId="77777777" w:rsidR="009932F6" w:rsidRDefault="009932F6" w:rsidP="006B61F3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -1212,58 +1213,58 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DA0D81C" w14:textId="77777777" w:rsidR="00493140" w:rsidRDefault="00493140" w:rsidP="006B61F3">
+    <w:p w14:paraId="3204F4D5" w14:textId="77777777" w:rsidR="009932F6" w:rsidRDefault="009932F6" w:rsidP="006B61F3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="305B54B3" w14:textId="77777777" w:rsidR="00493140" w:rsidRDefault="00493140" w:rsidP="006B61F3">
+    <w:p w14:paraId="15DB6658" w14:textId="77777777" w:rsidR="009932F6" w:rsidRDefault="009932F6" w:rsidP="006B61F3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
@@ -1278,62 +1279,70 @@
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F638DA"/>
     <w:rsid w:val="0005200B"/>
     <w:rsid w:val="00114050"/>
     <w:rsid w:val="001926EC"/>
     <w:rsid w:val="001C3D5B"/>
     <w:rsid w:val="00284054"/>
     <w:rsid w:val="00352CC4"/>
     <w:rsid w:val="00363DF4"/>
     <w:rsid w:val="00437FB2"/>
     <w:rsid w:val="004411AD"/>
     <w:rsid w:val="00477961"/>
     <w:rsid w:val="00493140"/>
     <w:rsid w:val="00504752"/>
     <w:rsid w:val="006B61F3"/>
     <w:rsid w:val="0076442E"/>
     <w:rsid w:val="007E1C0C"/>
+    <w:rsid w:val="00847739"/>
     <w:rsid w:val="00870BCF"/>
+    <w:rsid w:val="00936E06"/>
+    <w:rsid w:val="00954724"/>
+    <w:rsid w:val="009932F6"/>
     <w:rsid w:val="00A36C45"/>
     <w:rsid w:val="00AA5514"/>
+    <w:rsid w:val="00B31E21"/>
     <w:rsid w:val="00B47FD2"/>
     <w:rsid w:val="00B524D7"/>
     <w:rsid w:val="00BC1855"/>
+    <w:rsid w:val="00C90F0A"/>
     <w:rsid w:val="00D35FA8"/>
     <w:rsid w:val="00D41B79"/>
+    <w:rsid w:val="00DE27B3"/>
     <w:rsid w:val="00F25075"/>
     <w:rsid w:val="00F4362C"/>
     <w:rsid w:val="00F638DA"/>
     <w:rsid w:val="00FA17C7"/>
+    <w:rsid w:val="00FF0703"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2275,75 +2284,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F963E0FF-1075-47C7-B054-0D74A1F1E90C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>124</Words>
-  <Characters>710</Characters>
+  <Words>126</Words>
+  <Characters>720</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>833</CharactersWithSpaces>
+  <CharactersWithSpaces>845</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>YAMAMOTO Masahiro</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2018-02-09T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>